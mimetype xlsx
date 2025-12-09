--- v0 (2025-10-06)
+++ v1 (2025-12-09)
@@ -12,64 +12,64 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sixu12-1\Statistiky_Web(Komunikace)\Aktualizace webu\2025\k 6 2025\Nemocenská statistika\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sixu12-1\Statistiky_Web(Komunikace)\Aktualizace webu\2025\k 9 2025\Nemocenská statistika\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="-15" windowWidth="11595" windowHeight="9090"/>
   </bookViews>
   <sheets>
     <sheet name="Ukazatelé DPN" sheetId="3" r:id="rId1"/>
     <sheet name="Grafy" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Ukazatelé DPN'!$A$1:$F$170</definedName>
   </definedNames>
-  <calcPr calcId="162913" concurrentManualCount="4"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="U19" i="4" l="1"/>
   <c r="T19" i="4"/>
   <c r="S19" i="4"/>
   <c r="R19" i="4"/>
   <c r="U18" i="4"/>
   <c r="T18" i="4"/>
   <c r="S18" i="4"/>
   <c r="R18" i="4"/>
   <c r="U17" i="4"/>
   <c r="T17" i="4"/>
   <c r="S17" i="4"/>
   <c r="R17" i="4"/>
   <c r="U16" i="4"/>
   <c r="T16" i="4"/>
   <c r="S16" i="4"/>
   <c r="R16" i="4"/>
   <c r="U15" i="4"/>
   <c r="T15" i="4"/>
   <c r="S15" i="4"/>
   <c r="R15" i="4"/>
@@ -2696,51 +2696,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B2:H174"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="1"/>
     <col min="2" max="2" width="27.5703125" style="1" customWidth="1"/>
     <col min="3" max="6" width="13.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="36" t="s">
         <v>37</v>
       </c>
       <c r="C2" s="36"/>
       <c r="D2" s="36"/>
       <c r="E2" s="36"/>
       <c r="F2" s="36"/>
     </row>
     <row r="3" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="33"/>
       <c r="C3" s="33"/>
       <c r="D3" s="33"/>
@@ -2752,103 +2752,113 @@
         <v>36</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="19" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="21">
         <v>831773</v>
       </c>
       <c r="D5" s="2">
         <v>1355607</v>
       </c>
-      <c r="E5" s="2"/>
+      <c r="E5" s="2">
+        <v>1804183</v>
+      </c>
       <c r="F5" s="11"/>
     </row>
     <row r="6" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="22">
         <v>23096120</v>
       </c>
       <c r="D6" s="8">
         <v>42255002</v>
       </c>
-      <c r="E6" s="8"/>
+      <c r="E6" s="8">
+        <v>58753161</v>
+      </c>
       <c r="F6" s="13"/>
     </row>
     <row r="7" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="23">
         <v>27.767335559100861</v>
       </c>
       <c r="D7" s="3">
         <v>31.17053983934872</v>
       </c>
-      <c r="E7" s="3"/>
+      <c r="E7" s="3">
+        <v>32.564967633549365</v>
+      </c>
       <c r="F7" s="14"/>
     </row>
     <row r="8" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="22">
         <v>342</v>
       </c>
       <c r="D8" s="8">
         <v>604</v>
       </c>
-      <c r="E8" s="8"/>
+      <c r="E8" s="8">
+        <v>793</v>
+      </c>
       <c r="F8" s="13"/>
     </row>
     <row r="9" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B9" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="24">
         <v>1120</v>
       </c>
       <c r="D9" s="16">
         <v>2022</v>
       </c>
-      <c r="E9" s="16"/>
+      <c r="E9" s="16">
+        <v>3039</v>
+      </c>
       <c r="F9" s="17"/>
     </row>
     <row r="10" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
     </row>
     <row r="11" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>8</v>
       </c>