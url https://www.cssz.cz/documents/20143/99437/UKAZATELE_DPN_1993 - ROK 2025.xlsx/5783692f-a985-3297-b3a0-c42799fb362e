--- v1 (2025-12-09)
+++ v2 (2026-02-09)
@@ -12,64 +12,64 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sixu12-1\Statistiky_Web(Komunikace)\Aktualizace webu\2025\k 9 2025\Nemocenská statistika\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\sixu12-1\Statistiky_Web(Komunikace)\Aktualizace webu\2025\k 12 2025\Nemocenská statistika\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="-15" windowWidth="11595" windowHeight="9090"/>
   </bookViews>
   <sheets>
     <sheet name="Ukazatelé DPN" sheetId="3" r:id="rId1"/>
     <sheet name="Grafy" sheetId="4" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Ukazatelé DPN'!$A$1:$F$170</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" concurrentManualCount="20"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="U19" i="4" l="1"/>
   <c r="T19" i="4"/>
   <c r="S19" i="4"/>
   <c r="R19" i="4"/>
   <c r="U18" i="4"/>
   <c r="T18" i="4"/>
   <c r="S18" i="4"/>
   <c r="R18" i="4"/>
   <c r="U17" i="4"/>
   <c r="T17" i="4"/>
   <c r="S17" i="4"/>
   <c r="R17" i="4"/>
   <c r="U16" i="4"/>
   <c r="T16" i="4"/>
   <c r="S16" i="4"/>
   <c r="R16" i="4"/>
   <c r="U15" i="4"/>
   <c r="T15" i="4"/>
   <c r="S15" i="4"/>
   <c r="R15" i="4"/>
@@ -2755,111 +2755,121 @@
         <v>5</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="19" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="21">
         <v>831773</v>
       </c>
       <c r="D5" s="2">
         <v>1355607</v>
       </c>
       <c r="E5" s="2">
         <v>1804183</v>
       </c>
-      <c r="F5" s="11"/>
+      <c r="F5" s="11">
+        <v>2450987</v>
+      </c>
     </row>
     <row r="6" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="22">
         <v>23096120</v>
       </c>
       <c r="D6" s="8">
         <v>42255002</v>
       </c>
       <c r="E6" s="8">
         <v>58753161</v>
       </c>
-      <c r="F6" s="13"/>
+      <c r="F6" s="13">
+        <v>76307699</v>
+      </c>
     </row>
     <row r="7" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="23">
         <v>27.767335559100861</v>
       </c>
       <c r="D7" s="3">
         <v>31.17053983934872</v>
       </c>
       <c r="E7" s="3">
         <v>32.564967633549365</v>
       </c>
-      <c r="F7" s="14"/>
+      <c r="F7" s="14">
+        <v>31.133457256199236</v>
+      </c>
     </row>
     <row r="8" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="22">
         <v>342</v>
       </c>
       <c r="D8" s="8">
         <v>604</v>
       </c>
       <c r="E8" s="8">
         <v>793</v>
       </c>
-      <c r="F8" s="13"/>
+      <c r="F8" s="13">
+        <v>1015</v>
+      </c>
     </row>
     <row r="9" spans="2:6" s="5" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B9" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="24">
         <v>1120</v>
       </c>
       <c r="D9" s="16">
         <v>2022</v>
       </c>
       <c r="E9" s="16">
         <v>3039</v>
       </c>
-      <c r="F9" s="17"/>
+      <c r="F9" s="17">
+        <v>3792</v>
+      </c>
     </row>
     <row r="10" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
     </row>
     <row r="11" spans="2:6" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>7</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>8</v>
       </c>
     </row>